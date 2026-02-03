--- v0 (2025-10-29)
+++ v1 (2026-02-03)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{212ED770-E74E-4DBD-A74C-42EA8AFEB8B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3FEB0255-8F2D-4C3E-8752-84D666868623}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="履歴書【所定様式】" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">履歴書【所定様式】!$A$1:$R$40</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="62">
   <si>
     <t>フリガナ</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>生年月日</t>
     <rPh sb="0" eb="2">
       <t>セイネン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ガッピ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>学  歴</t>
     <rPh sb="0" eb="4">
       <t>ガクレキ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>国家試験</t>
     <rPh sb="0" eb="2">
       <t>コッカ</t>
@@ -661,50 +661,74 @@
       </rPr>
       <t>（　　　　　　　　　　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="ＭＳ Ｐゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>　　　　　　　　　　　　　　　　　　　　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="ＭＳ Ｐゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>）</t>
     </r>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>【事務記載覧】</t>
+    <rPh sb="1" eb="3">
+      <t>ジム</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>キサイ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>ラン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>□JMSB　Webエントリー</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>□昭和　Webエントリー</t>
+    <rPh sb="1" eb="3">
+      <t>ショウワ</t>
+    </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="16"/>
@@ -982,51 +1006,51 @@
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="dotted">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="129">
+  <cellXfs count="131">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1133,286 +1157,292 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" indent="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...58 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...132 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId4" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
@@ -1685,1171 +1715,1176 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:U58"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="40" workbookViewId="0">
-      <selection activeCell="M37" sqref="M37"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A29" zoomScale="115" zoomScaleNormal="100" zoomScaleSheetLayoutView="115" zoomScalePageLayoutView="40" workbookViewId="0">
+      <selection activeCell="Q35" sqref="Q35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" customWidth="true" width="5.6640625"/>
     <col min="3" max="5" customWidth="true" width="5.0"/>
     <col min="6" max="6" customWidth="true" width="7.6640625"/>
     <col min="7" max="7" customWidth="true" width="6.0"/>
     <col min="8" max="8" customWidth="true" width="7.6640625"/>
     <col min="9" max="9" customWidth="true" width="4.44140625"/>
     <col min="10" max="10" customWidth="true" width="7.6640625"/>
     <col min="11" max="11" customWidth="true" width="4.44140625"/>
     <col min="12" max="12" customWidth="true" width="7.6640625"/>
     <col min="13" max="13" customWidth="true" width="13.0"/>
     <col min="14" max="16" customWidth="true" width="5.33203125"/>
     <col min="17" max="17" customWidth="true" width="13.77734375"/>
     <col min="18" max="18" customWidth="true" width="11.33203125"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="38" t="s">
         <v>48</v>
       </c>
       <c r="H1" s="9"/>
       <c r="I1" s="9"/>
       <c r="J1" s="9"/>
       <c r="K1" s="9"/>
       <c r="L1" s="9"/>
       <c r="M1" s="9"/>
       <c r="N1" s="4"/>
-      <c r="O1" s="60" t="s">
+      <c r="O1" s="112" t="s">
         <v>46</v>
       </c>
-      <c r="P1" s="60"/>
-[...1 lines deleted...]
-      <c r="R1" s="60"/>
+      <c r="P1" s="112"/>
+      <c r="Q1" s="112"/>
+      <c r="R1" s="112"/>
     </row>
     <row r="2" spans="1:18" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="L2" s="14"/>
       <c r="P2" s="4"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
     </row>
     <row r="3" spans="1:18" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="56" t="s">
+      <c r="A3" s="105" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="57"/>
-[...11 lines deleted...]
-      <c r="N3" s="108" t="s">
+      <c r="B3" s="60"/>
+      <c r="C3" s="113"/>
+      <c r="D3" s="69"/>
+      <c r="E3" s="69"/>
+      <c r="F3" s="69"/>
+      <c r="G3" s="69"/>
+      <c r="H3" s="69"/>
+      <c r="I3" s="69"/>
+      <c r="J3" s="69"/>
+      <c r="K3" s="69"/>
+      <c r="L3" s="69"/>
+      <c r="M3" s="70"/>
+      <c r="N3" s="118" t="s">
         <v>40</v>
       </c>
-      <c r="O3" s="84"/>
-[...1 lines deleted...]
-      <c r="Q3" s="99" t="s">
+      <c r="O3" s="57"/>
+      <c r="P3" s="57"/>
+      <c r="Q3" s="101" t="s">
         <v>32</v>
       </c>
-      <c r="R3" s="100"/>
+      <c r="R3" s="102"/>
     </row>
     <row r="4" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="89" t="s">
+      <c r="A4" s="90" t="s">
         <v>45</v>
       </c>
-      <c r="B4" s="90"/>
-[...15 lines deleted...]
-      <c r="R4" s="102"/>
+      <c r="B4" s="91"/>
+      <c r="C4" s="81"/>
+      <c r="D4" s="82"/>
+      <c r="E4" s="82"/>
+      <c r="F4" s="82"/>
+      <c r="G4" s="82"/>
+      <c r="H4" s="82"/>
+      <c r="I4" s="82"/>
+      <c r="J4" s="82"/>
+      <c r="K4" s="82"/>
+      <c r="L4" s="82"/>
+      <c r="M4" s="82"/>
+      <c r="N4" s="82"/>
+      <c r="O4" s="82"/>
+      <c r="P4" s="83"/>
+      <c r="Q4" s="103"/>
+      <c r="R4" s="104"/>
     </row>
     <row r="5" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="104"/>
-[...16 lines deleted...]
-      <c r="R5" s="102"/>
+      <c r="A5" s="107"/>
+      <c r="B5" s="108"/>
+      <c r="C5" s="84"/>
+      <c r="D5" s="85"/>
+      <c r="E5" s="85"/>
+      <c r="F5" s="85"/>
+      <c r="G5" s="85"/>
+      <c r="H5" s="85"/>
+      <c r="I5" s="85"/>
+      <c r="J5" s="85"/>
+      <c r="K5" s="85"/>
+      <c r="L5" s="85"/>
+      <c r="M5" s="85"/>
+      <c r="N5" s="85"/>
+      <c r="O5" s="85"/>
+      <c r="P5" s="86"/>
+      <c r="Q5" s="103"/>
+      <c r="R5" s="104"/>
     </row>
     <row r="6" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="91"/>
-[...16 lines deleted...]
-      <c r="R6" s="102"/>
+      <c r="A6" s="92"/>
+      <c r="B6" s="93"/>
+      <c r="C6" s="87"/>
+      <c r="D6" s="88"/>
+      <c r="E6" s="88"/>
+      <c r="F6" s="88"/>
+      <c r="G6" s="88"/>
+      <c r="H6" s="88"/>
+      <c r="I6" s="88"/>
+      <c r="J6" s="88"/>
+      <c r="K6" s="88"/>
+      <c r="L6" s="88"/>
+      <c r="M6" s="88"/>
+      <c r="N6" s="88"/>
+      <c r="O6" s="88"/>
+      <c r="P6" s="89"/>
+      <c r="Q6" s="103"/>
+      <c r="R6" s="104"/>
     </row>
     <row r="7" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="56" t="s">
+      <c r="A7" s="105" t="s">
         <v>1</v>
       </c>
-      <c r="B7" s="57"/>
-      <c r="C7" s="84" t="s">
+      <c r="B7" s="60"/>
+      <c r="C7" s="57" t="s">
         <v>47</v>
       </c>
-      <c r="D7" s="85"/>
-      <c r="E7" s="85"/>
+      <c r="D7" s="58"/>
+      <c r="E7" s="58"/>
       <c r="F7" s="18"/>
       <c r="G7" s="19" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="20"/>
       <c r="I7" s="21" t="s">
         <v>8</v>
       </c>
       <c r="J7" s="15"/>
       <c r="K7" s="19" t="s">
         <v>9</v>
       </c>
       <c r="L7" s="15"/>
       <c r="M7" s="15" t="s">
         <v>24</v>
       </c>
       <c r="N7" s="17" t="s">
         <v>7</v>
       </c>
       <c r="O7" s="17"/>
       <c r="P7" s="22"/>
-      <c r="Q7" s="101"/>
-      <c r="R7" s="102"/>
+      <c r="Q7" s="103"/>
+      <c r="R7" s="104"/>
     </row>
     <row r="8" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="89" t="s">
+      <c r="A8" s="90" t="s">
         <v>41</v>
       </c>
-      <c r="B8" s="90"/>
-      <c r="C8" s="70" t="s">
+      <c r="B8" s="91"/>
+      <c r="C8" s="81" t="s">
         <v>25</v>
       </c>
-      <c r="D8" s="71"/>
-[...13 lines deleted...]
-      <c r="R8" s="102"/>
+      <c r="D8" s="82"/>
+      <c r="E8" s="82"/>
+      <c r="F8" s="82"/>
+      <c r="G8" s="82"/>
+      <c r="H8" s="82"/>
+      <c r="I8" s="82"/>
+      <c r="J8" s="82"/>
+      <c r="K8" s="82"/>
+      <c r="L8" s="82"/>
+      <c r="M8" s="82"/>
+      <c r="N8" s="82"/>
+      <c r="O8" s="82"/>
+      <c r="P8" s="83"/>
+      <c r="Q8" s="103"/>
+      <c r="R8" s="104"/>
     </row>
     <row r="9" spans="1:18" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="91"/>
-[...16 lines deleted...]
-      <c r="R9" s="102"/>
+      <c r="A9" s="92"/>
+      <c r="B9" s="93"/>
+      <c r="C9" s="115"/>
+      <c r="D9" s="116"/>
+      <c r="E9" s="116"/>
+      <c r="F9" s="116"/>
+      <c r="G9" s="116"/>
+      <c r="H9" s="116"/>
+      <c r="I9" s="116"/>
+      <c r="J9" s="116"/>
+      <c r="K9" s="116"/>
+      <c r="L9" s="116"/>
+      <c r="M9" s="116"/>
+      <c r="N9" s="116"/>
+      <c r="O9" s="116"/>
+      <c r="P9" s="117"/>
+      <c r="Q9" s="103"/>
+      <c r="R9" s="104"/>
     </row>
     <row r="10" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="56" t="s">
+      <c r="A10" s="105" t="s">
         <v>30</v>
       </c>
-      <c r="B10" s="57"/>
-[...8 lines deleted...]
-      <c r="K10" s="103" t="s">
+      <c r="B10" s="60"/>
+      <c r="C10" s="74"/>
+      <c r="D10" s="75"/>
+      <c r="E10" s="75"/>
+      <c r="F10" s="75"/>
+      <c r="G10" s="75"/>
+      <c r="H10" s="75"/>
+      <c r="I10" s="75"/>
+      <c r="J10" s="114"/>
+      <c r="K10" s="106" t="s">
         <v>31</v>
       </c>
-      <c r="L10" s="103"/>
-[...5 lines deleted...]
-      <c r="R10" s="66"/>
+      <c r="L10" s="106"/>
+      <c r="M10" s="74"/>
+      <c r="N10" s="75"/>
+      <c r="O10" s="75"/>
+      <c r="P10" s="75"/>
+      <c r="Q10" s="75"/>
+      <c r="R10" s="114"/>
     </row>
     <row r="11" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="56" t="s">
+      <c r="A11" s="105" t="s">
         <v>39</v>
       </c>
-      <c r="B11" s="57"/>
-[...6 lines deleted...]
-      <c r="I11" s="65"/>
+      <c r="B11" s="60"/>
+      <c r="C11" s="74"/>
+      <c r="D11" s="75"/>
+      <c r="E11" s="75"/>
+      <c r="F11" s="75"/>
+      <c r="G11" s="75"/>
+      <c r="H11" s="75"/>
+      <c r="I11" s="75"/>
       <c r="J11" s="19"/>
       <c r="K11" s="23"/>
       <c r="L11" s="23"/>
       <c r="M11" s="23"/>
       <c r="N11" s="23"/>
       <c r="O11" s="23"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11" s="24"/>
     </row>
     <row r="12" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="48" t="s">
         <v>2</v>
       </c>
       <c r="B12" s="49"/>
-      <c r="C12" s="84" t="s">
+      <c r="C12" s="57" t="s">
         <v>47</v>
       </c>
-      <c r="D12" s="85"/>
-      <c r="E12" s="85"/>
+      <c r="D12" s="58"/>
+      <c r="E12" s="58"/>
       <c r="F12" s="15"/>
       <c r="G12" s="19" t="s">
         <v>5</v>
       </c>
       <c r="H12" s="19"/>
       <c r="I12" s="19" t="s">
         <v>6</v>
       </c>
       <c r="J12" s="19"/>
       <c r="K12" s="15"/>
       <c r="L12" s="15"/>
       <c r="M12" s="32"/>
       <c r="N12" s="32"/>
       <c r="O12" s="32"/>
       <c r="P12" s="32"/>
-      <c r="Q12" s="73" t="s">
+      <c r="Q12" s="59" t="s">
         <v>18</v>
       </c>
-      <c r="R12" s="57"/>
+      <c r="R12" s="60"/>
     </row>
     <row r="13" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="50"/>
-[...1 lines deleted...]
-      <c r="C13" s="84" t="s">
+      <c r="A13" s="119"/>
+      <c r="B13" s="120"/>
+      <c r="C13" s="57" t="s">
         <v>47</v>
       </c>
-      <c r="D13" s="85"/>
-      <c r="E13" s="85"/>
+      <c r="D13" s="58"/>
+      <c r="E13" s="58"/>
       <c r="F13" s="15"/>
       <c r="G13" s="19" t="s">
         <v>5</v>
       </c>
       <c r="H13" s="19"/>
       <c r="I13" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="J13" s="73"/>
-      <c r="K13" s="73"/>
+      <c r="J13" s="59"/>
+      <c r="K13" s="59"/>
       <c r="L13" s="20"/>
       <c r="M13" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="N13" s="73"/>
-[...2 lines deleted...]
-      <c r="Q13" s="73" t="s">
+      <c r="N13" s="59"/>
+      <c r="O13" s="59"/>
+      <c r="P13" s="59"/>
+      <c r="Q13" s="59" t="s">
         <v>15</v>
       </c>
-      <c r="R13" s="57"/>
+      <c r="R13" s="60"/>
     </row>
     <row r="14" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="50"/>
-[...1 lines deleted...]
-      <c r="C14" s="84" t="s">
+      <c r="A14" s="119"/>
+      <c r="B14" s="120"/>
+      <c r="C14" s="57" t="s">
         <v>47</v>
       </c>
-      <c r="D14" s="85"/>
-      <c r="E14" s="85"/>
+      <c r="D14" s="58"/>
+      <c r="E14" s="58"/>
       <c r="F14" s="15"/>
       <c r="G14" s="19" t="s">
         <v>5</v>
       </c>
       <c r="H14" s="19"/>
       <c r="I14" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="J14" s="73"/>
-      <c r="K14" s="73"/>
+      <c r="J14" s="59"/>
+      <c r="K14" s="59"/>
       <c r="L14" s="39"/>
       <c r="M14" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="N14" s="88"/>
-[...2 lines deleted...]
-      <c r="Q14" s="73" t="s">
+      <c r="N14" s="76"/>
+      <c r="O14" s="76"/>
+      <c r="P14" s="76"/>
+      <c r="Q14" s="59" t="s">
         <v>14</v>
       </c>
-      <c r="R14" s="57"/>
+      <c r="R14" s="60"/>
     </row>
     <row r="15" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="50"/>
-[...1 lines deleted...]
-      <c r="C15" s="86" t="s">
+      <c r="A15" s="119"/>
+      <c r="B15" s="120"/>
+      <c r="C15" s="79" t="s">
         <v>47</v>
       </c>
-      <c r="D15" s="87"/>
-      <c r="E15" s="87"/>
+      <c r="D15" s="80"/>
+      <c r="E15" s="80"/>
       <c r="F15" s="16"/>
       <c r="G15" s="25" t="s">
         <v>5</v>
       </c>
       <c r="H15" s="25"/>
       <c r="I15" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="J15" s="78"/>
-      <c r="K15" s="78"/>
+      <c r="J15" s="77"/>
+      <c r="K15" s="77"/>
       <c r="L15" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M15" s="4"/>
-      <c r="N15" s="78"/>
-[...2 lines deleted...]
-      <c r="Q15" s="78" t="s">
+      <c r="N15" s="77"/>
+      <c r="O15" s="77"/>
+      <c r="P15" s="77"/>
+      <c r="Q15" s="77" t="s">
         <v>10</v>
       </c>
-      <c r="R15" s="79"/>
+      <c r="R15" s="100"/>
     </row>
     <row r="16" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="50"/>
-      <c r="B16" s="51"/>
+      <c r="A16" s="119"/>
+      <c r="B16" s="120"/>
       <c r="C16" s="7"/>
       <c r="D16" s="8"/>
       <c r="E16" s="8"/>
       <c r="F16" s="17"/>
       <c r="G16" s="26"/>
       <c r="H16" s="26"/>
       <c r="I16" s="26"/>
-      <c r="J16" s="74"/>
-[...1 lines deleted...]
-      <c r="L16" s="74"/>
+      <c r="J16" s="78"/>
+      <c r="K16" s="78"/>
+      <c r="L16" s="78"/>
       <c r="M16" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="N16" s="74"/>
-[...2 lines deleted...]
-      <c r="Q16" s="74" t="s">
+      <c r="N16" s="78"/>
+      <c r="O16" s="78"/>
+      <c r="P16" s="78"/>
+      <c r="Q16" s="78" t="s">
         <v>11</v>
       </c>
-      <c r="R16" s="77"/>
+      <c r="R16" s="111"/>
     </row>
     <row r="17" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="50"/>
-[...1 lines deleted...]
-      <c r="C17" s="86" t="s">
+      <c r="A17" s="119"/>
+      <c r="B17" s="120"/>
+      <c r="C17" s="79" t="s">
         <v>47</v>
       </c>
-      <c r="D17" s="87"/>
-      <c r="E17" s="87"/>
+      <c r="D17" s="80"/>
+      <c r="E17" s="80"/>
       <c r="F17" s="16"/>
       <c r="G17" s="25" t="s">
         <v>5</v>
       </c>
       <c r="H17" s="25"/>
       <c r="I17" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="J17" s="78"/>
-      <c r="K17" s="78"/>
+      <c r="J17" s="77"/>
+      <c r="K17" s="77"/>
       <c r="L17" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M17" s="4"/>
-      <c r="N17" s="78"/>
-[...2 lines deleted...]
-      <c r="Q17" s="78" t="s">
+      <c r="N17" s="77"/>
+      <c r="O17" s="77"/>
+      <c r="P17" s="77"/>
+      <c r="Q17" s="77" t="s">
         <v>10</v>
       </c>
-      <c r="R17" s="79"/>
+      <c r="R17" s="100"/>
     </row>
     <row r="18" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="52"/>
-      <c r="B18" s="53"/>
+      <c r="A18" s="50"/>
+      <c r="B18" s="51"/>
       <c r="C18" s="2"/>
       <c r="D18" s="17"/>
       <c r="E18" s="17"/>
       <c r="F18" s="17"/>
       <c r="G18" s="17"/>
       <c r="H18" s="17"/>
       <c r="I18" s="17"/>
-      <c r="J18" s="74"/>
-[...1 lines deleted...]
-      <c r="L18" s="74"/>
+      <c r="J18" s="78"/>
+      <c r="K18" s="78"/>
+      <c r="L18" s="78"/>
       <c r="M18" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="N18" s="74"/>
-[...2 lines deleted...]
-      <c r="Q18" s="74" t="s">
+      <c r="N18" s="78"/>
+      <c r="O18" s="78"/>
+      <c r="P18" s="78"/>
+      <c r="Q18" s="78" t="s">
         <v>12</v>
       </c>
-      <c r="R18" s="77"/>
+      <c r="R18" s="111"/>
     </row>
     <row r="19" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="56" t="s">
+      <c r="A19" s="105" t="s">
         <v>3</v>
       </c>
-      <c r="B19" s="57"/>
-      <c r="C19" s="86" t="s">
+      <c r="B19" s="60"/>
+      <c r="C19" s="79" t="s">
         <v>47</v>
       </c>
-      <c r="D19" s="87"/>
-      <c r="E19" s="87"/>
+      <c r="D19" s="80"/>
+      <c r="E19" s="80"/>
       <c r="F19" s="16"/>
       <c r="G19" s="25" t="s">
         <v>5</v>
       </c>
       <c r="H19" s="25"/>
       <c r="I19" s="25" t="s">
         <v>6</v>
       </c>
       <c r="J19" s="19" t="s">
         <v>17</v>
       </c>
       <c r="K19" s="10"/>
       <c r="L19" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="M19" s="88"/>
-      <c r="N19" s="88"/>
+      <c r="M19" s="76"/>
+      <c r="N19" s="76"/>
       <c r="O19" s="13"/>
       <c r="P19" s="27" t="s">
         <v>26</v>
       </c>
       <c r="Q19" s="15"/>
       <c r="R19" s="24"/>
     </row>
     <row r="20" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="58" t="s">
+      <c r="A20" s="123" t="s">
         <v>42</v>
       </c>
-      <c r="B20" s="59"/>
-      <c r="C20" s="86" t="s">
+      <c r="B20" s="124"/>
+      <c r="C20" s="79" t="s">
         <v>47</v>
       </c>
-      <c r="D20" s="87"/>
-      <c r="E20" s="87"/>
+      <c r="D20" s="80"/>
+      <c r="E20" s="80"/>
       <c r="F20" s="15"/>
       <c r="G20" s="19" t="s">
         <v>5</v>
       </c>
       <c r="H20" s="19"/>
       <c r="I20" s="19" t="s">
         <v>6</v>
       </c>
       <c r="J20" s="19"/>
       <c r="K20" s="26" t="s">
         <v>9</v>
       </c>
       <c r="L20" s="15"/>
       <c r="M20" s="17" t="s">
         <v>27</v>
       </c>
-      <c r="N20" s="88"/>
-[...2 lines deleted...]
-      <c r="Q20" s="73" t="s">
+      <c r="N20" s="76"/>
+      <c r="O20" s="76"/>
+      <c r="P20" s="76"/>
+      <c r="Q20" s="59" t="s">
         <v>21</v>
       </c>
-      <c r="R20" s="57"/>
+      <c r="R20" s="60"/>
     </row>
     <row r="21" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="48" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="49"/>
-      <c r="C21" s="86" t="s">
+      <c r="C21" s="79" t="s">
         <v>47</v>
       </c>
-      <c r="D21" s="87"/>
-      <c r="E21" s="87"/>
+      <c r="D21" s="80"/>
+      <c r="E21" s="80"/>
       <c r="F21" s="4"/>
       <c r="G21" s="5" t="s">
         <v>5</v>
       </c>
       <c r="H21" s="5"/>
       <c r="I21" s="5" t="s">
         <v>6</v>
       </c>
       <c r="J21" s="5"/>
       <c r="K21" s="4"/>
       <c r="L21" s="33"/>
       <c r="M21" s="33"/>
       <c r="N21" s="33"/>
       <c r="O21" s="33"/>
       <c r="P21" s="33"/>
-      <c r="Q21" s="78" t="s">
+      <c r="Q21" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="R21" s="79"/>
+      <c r="R21" s="100"/>
     </row>
     <row r="22" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="52"/>
-[...3 lines deleted...]
-      <c r="E22" s="74"/>
+      <c r="A22" s="50"/>
+      <c r="B22" s="51"/>
+      <c r="C22" s="128"/>
+      <c r="D22" s="78"/>
+      <c r="E22" s="78"/>
       <c r="F22" s="8" t="s">
         <v>28</v>
       </c>
-      <c r="G22" s="74" t="s">
+      <c r="G22" s="78" t="s">
         <v>29</v>
       </c>
-      <c r="H22" s="74"/>
+      <c r="H22" s="78"/>
       <c r="I22" s="17"/>
-      <c r="J22" s="74" t="s">
+      <c r="J22" s="78" t="s">
         <v>19</v>
       </c>
-      <c r="K22" s="74"/>
+      <c r="K22" s="78"/>
       <c r="L22" s="26" t="s">
         <v>17</v>
       </c>
-      <c r="M22" s="74"/>
-[...2 lines deleted...]
-      <c r="P22" s="74"/>
+      <c r="M22" s="78"/>
+      <c r="N22" s="78"/>
+      <c r="O22" s="78"/>
+      <c r="P22" s="78"/>
       <c r="Q22" s="37" t="s">
         <v>16</v>
       </c>
       <c r="R22" s="3"/>
     </row>
     <row r="23" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="93" t="s">
+      <c r="A23" s="94" t="s">
         <v>33</v>
       </c>
-      <c r="B23" s="94"/>
-      <c r="C23" s="86" t="s">
+      <c r="B23" s="95"/>
+      <c r="C23" s="79" t="s">
         <v>47</v>
       </c>
-      <c r="D23" s="87"/>
-      <c r="E23" s="87"/>
+      <c r="D23" s="80"/>
+      <c r="E23" s="80"/>
       <c r="F23" s="16"/>
       <c r="G23" s="25" t="s">
         <v>5</v>
       </c>
       <c r="H23" s="25"/>
       <c r="I23" s="25" t="s">
         <v>6</v>
       </c>
       <c r="J23" s="28"/>
       <c r="K23" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="L23" s="106"/>
-[...5 lines deleted...]
-      <c r="R23" s="107"/>
+      <c r="L23" s="109"/>
+      <c r="M23" s="109"/>
+      <c r="N23" s="109"/>
+      <c r="O23" s="109"/>
+      <c r="P23" s="109"/>
+      <c r="Q23" s="109"/>
+      <c r="R23" s="110"/>
       <c r="U23" s="29"/>
     </row>
     <row r="24" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="95"/>
-[...1 lines deleted...]
-      <c r="C24" s="118" t="s">
+      <c r="A24" s="96"/>
+      <c r="B24" s="97"/>
+      <c r="C24" s="52" t="s">
         <v>37</v>
       </c>
-      <c r="D24" s="119"/>
-[...13 lines deleted...]
-      <c r="R24" s="120"/>
+      <c r="D24" s="53"/>
+      <c r="E24" s="53"/>
+      <c r="F24" s="53"/>
+      <c r="G24" s="53"/>
+      <c r="H24" s="53"/>
+      <c r="I24" s="53"/>
+      <c r="J24" s="53"/>
+      <c r="K24" s="53"/>
+      <c r="L24" s="53"/>
+      <c r="M24" s="53"/>
+      <c r="N24" s="53"/>
+      <c r="O24" s="53"/>
+      <c r="P24" s="53"/>
+      <c r="Q24" s="53"/>
+      <c r="R24" s="54"/>
       <c r="U24" s="29"/>
     </row>
     <row r="25" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="95"/>
-[...1 lines deleted...]
-      <c r="C25" s="86" t="s">
+      <c r="A25" s="96"/>
+      <c r="B25" s="97"/>
+      <c r="C25" s="79" t="s">
         <v>47</v>
       </c>
-      <c r="D25" s="87"/>
-      <c r="E25" s="87"/>
+      <c r="D25" s="80"/>
+      <c r="E25" s="80"/>
       <c r="F25" s="16"/>
       <c r="G25" s="25" t="s">
         <v>5</v>
       </c>
       <c r="H25" s="25"/>
       <c r="I25" s="25" t="s">
         <v>6</v>
       </c>
       <c r="J25" s="28"/>
       <c r="K25" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="L25" s="71" t="s">
+      <c r="L25" s="82" t="s">
         <v>34</v>
       </c>
-      <c r="M25" s="71"/>
-[...4 lines deleted...]
-      <c r="R25" s="72"/>
+      <c r="M25" s="82"/>
+      <c r="N25" s="82"/>
+      <c r="O25" s="82"/>
+      <c r="P25" s="82"/>
+      <c r="Q25" s="82"/>
+      <c r="R25" s="83"/>
     </row>
     <row r="26" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="97"/>
-[...1 lines deleted...]
-      <c r="C26" s="80" t="s">
+      <c r="A26" s="98"/>
+      <c r="B26" s="99"/>
+      <c r="C26" s="125" t="s">
         <v>38</v>
       </c>
-      <c r="D26" s="81"/>
-[...13 lines deleted...]
-      <c r="R26" s="82"/>
+      <c r="D26" s="126"/>
+      <c r="E26" s="126"/>
+      <c r="F26" s="126"/>
+      <c r="G26" s="126"/>
+      <c r="H26" s="126"/>
+      <c r="I26" s="126"/>
+      <c r="J26" s="126"/>
+      <c r="K26" s="126"/>
+      <c r="L26" s="126"/>
+      <c r="M26" s="126"/>
+      <c r="N26" s="126"/>
+      <c r="O26" s="126"/>
+      <c r="P26" s="126"/>
+      <c r="Q26" s="126"/>
+      <c r="R26" s="127"/>
     </row>
     <row r="27" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="48" t="s">
         <v>44</v>
       </c>
       <c r="B27" s="49"/>
-      <c r="C27" s="123" t="s">
+      <c r="C27" s="61" t="s">
         <v>47</v>
       </c>
-      <c r="D27" s="124"/>
-      <c r="E27" s="124"/>
+      <c r="D27" s="62"/>
+      <c r="E27" s="62"/>
       <c r="F27" s="4"/>
       <c r="G27" s="5" t="s">
         <v>5</v>
       </c>
       <c r="H27" s="5"/>
       <c r="I27" s="5" t="s">
         <v>6</v>
       </c>
       <c r="J27" s="29"/>
       <c r="K27" s="30" t="s">
         <v>9</v>
       </c>
-      <c r="L27" s="75"/>
-[...5 lines deleted...]
-      <c r="R27" s="76"/>
+      <c r="L27" s="88"/>
+      <c r="M27" s="88"/>
+      <c r="N27" s="88"/>
+      <c r="O27" s="88"/>
+      <c r="P27" s="88"/>
+      <c r="Q27" s="88"/>
+      <c r="R27" s="89"/>
     </row>
     <row r="28" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="50"/>
-[...1 lines deleted...]
-      <c r="C28" s="84" t="s">
+      <c r="A28" s="119"/>
+      <c r="B28" s="120"/>
+      <c r="C28" s="57" t="s">
         <v>47</v>
       </c>
-      <c r="D28" s="85"/>
-      <c r="E28" s="85"/>
+      <c r="D28" s="58"/>
+      <c r="E28" s="58"/>
       <c r="F28" s="16"/>
       <c r="G28" s="25" t="s">
         <v>5</v>
       </c>
       <c r="H28" s="25"/>
       <c r="I28" s="25" t="s">
         <v>6</v>
       </c>
       <c r="J28" s="31"/>
       <c r="K28" s="32" t="s">
         <v>9</v>
       </c>
-      <c r="L28" s="62"/>
-[...5 lines deleted...]
-      <c r="R28" s="63"/>
+      <c r="L28" s="69"/>
+      <c r="M28" s="69"/>
+      <c r="N28" s="69"/>
+      <c r="O28" s="69"/>
+      <c r="P28" s="69"/>
+      <c r="Q28" s="69"/>
+      <c r="R28" s="70"/>
     </row>
     <row r="29" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="50"/>
-[...1 lines deleted...]
-      <c r="C29" s="84" t="s">
+      <c r="A29" s="119"/>
+      <c r="B29" s="120"/>
+      <c r="C29" s="57" t="s">
         <v>47</v>
       </c>
-      <c r="D29" s="85"/>
-      <c r="E29" s="85"/>
+      <c r="D29" s="58"/>
+      <c r="E29" s="58"/>
       <c r="F29" s="16"/>
       <c r="G29" s="25" t="s">
         <v>5</v>
       </c>
       <c r="H29" s="25"/>
       <c r="I29" s="25" t="s">
         <v>6</v>
       </c>
       <c r="J29" s="31"/>
       <c r="K29" s="32" t="s">
         <v>9</v>
       </c>
-      <c r="L29" s="73"/>
-[...5 lines deleted...]
-      <c r="R29" s="57"/>
+      <c r="L29" s="59"/>
+      <c r="M29" s="59"/>
+      <c r="N29" s="59"/>
+      <c r="O29" s="59"/>
+      <c r="P29" s="59"/>
+      <c r="Q29" s="59"/>
+      <c r="R29" s="60"/>
     </row>
     <row r="30" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="50"/>
-[...1 lines deleted...]
-      <c r="C30" s="84" t="s">
+      <c r="A30" s="119"/>
+      <c r="B30" s="120"/>
+      <c r="C30" s="57" t="s">
         <v>47</v>
       </c>
-      <c r="D30" s="85"/>
-      <c r="E30" s="85"/>
+      <c r="D30" s="58"/>
+      <c r="E30" s="58"/>
       <c r="F30" s="16"/>
       <c r="G30" s="25" t="s">
         <v>5</v>
       </c>
       <c r="H30" s="25"/>
       <c r="I30" s="25" t="s">
         <v>6</v>
       </c>
       <c r="J30" s="31"/>
       <c r="K30" s="32" t="s">
         <v>9</v>
       </c>
-      <c r="L30" s="73"/>
-[...5 lines deleted...]
-      <c r="R30" s="57"/>
+      <c r="L30" s="59"/>
+      <c r="M30" s="59"/>
+      <c r="N30" s="59"/>
+      <c r="O30" s="59"/>
+      <c r="P30" s="59"/>
+      <c r="Q30" s="59"/>
+      <c r="R30" s="60"/>
     </row>
     <row r="31" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="52"/>
-[...1 lines deleted...]
-      <c r="C31" s="84" t="s">
+      <c r="A31" s="50"/>
+      <c r="B31" s="51"/>
+      <c r="C31" s="57" t="s">
         <v>47</v>
       </c>
-      <c r="D31" s="85"/>
-      <c r="E31" s="85"/>
+      <c r="D31" s="58"/>
+      <c r="E31" s="58"/>
       <c r="F31" s="16"/>
       <c r="G31" s="25" t="s">
         <v>5</v>
       </c>
       <c r="H31" s="25"/>
       <c r="I31" s="25" t="s">
         <v>6</v>
       </c>
       <c r="J31" s="31"/>
       <c r="K31" s="32" t="s">
         <v>9</v>
       </c>
-      <c r="L31" s="73"/>
-[...5 lines deleted...]
-      <c r="R31" s="57"/>
+      <c r="L31" s="59"/>
+      <c r="M31" s="59"/>
+      <c r="N31" s="59"/>
+      <c r="O31" s="59"/>
+      <c r="P31" s="59"/>
+      <c r="Q31" s="59"/>
+      <c r="R31" s="60"/>
     </row>
     <row r="32" spans="1:21" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="4"/>
       <c r="C32" s="33"/>
       <c r="D32" s="33"/>
       <c r="E32" s="33"/>
       <c r="F32" s="16"/>
       <c r="G32" s="25"/>
       <c r="H32" s="25"/>
       <c r="I32" s="25"/>
       <c r="J32" s="28"/>
       <c r="K32" s="34"/>
       <c r="L32" s="33"/>
       <c r="M32" s="33"/>
       <c r="N32" s="33"/>
       <c r="O32" s="33"/>
       <c r="P32" s="33"/>
       <c r="Q32" s="33"/>
       <c r="R32" s="33"/>
     </row>
-    <row r="33" spans="1:18" ht="57.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="125" t="s">
+    <row r="33" spans="1:18" ht="57.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="63" t="s">
         <v>35</v>
       </c>
-      <c r="B33" s="125"/>
-[...7 lines deleted...]
-      <c r="J33" s="127" t="s">
+      <c r="B33" s="63"/>
+      <c r="C33" s="63"/>
+      <c r="D33" s="64"/>
+      <c r="E33" s="67"/>
+      <c r="F33" s="68"/>
+      <c r="G33" s="68"/>
+      <c r="H33" s="68"/>
+      <c r="I33" s="68"/>
+      <c r="J33" s="65" t="s">
         <v>51</v>
       </c>
-      <c r="K33" s="128"/>
-[...2 lines deleted...]
-      <c r="N33" s="54" t="s">
+      <c r="K33" s="66"/>
+      <c r="L33" s="67"/>
+      <c r="M33" s="68"/>
+      <c r="N33" s="121" t="s">
         <v>52</v>
       </c>
-      <c r="O33" s="55"/>
-[...2 lines deleted...]
-      <c r="R33" s="114"/>
+      <c r="O33" s="122"/>
+      <c r="P33" s="73"/>
+      <c r="Q33" s="73"/>
+      <c r="R33" s="67"/>
     </row>
     <row r="34" spans="1:18" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="121" t="s">
+      <c r="A34" s="55" t="s">
         <v>50</v>
       </c>
-      <c r="B34" s="121"/>
-[...15 lines deleted...]
-      <c r="R34" s="121"/>
+      <c r="B34" s="55"/>
+      <c r="C34" s="55"/>
+      <c r="D34" s="55"/>
+      <c r="E34" s="55"/>
+      <c r="F34" s="55"/>
+      <c r="G34" s="55"/>
+      <c r="H34" s="55"/>
+      <c r="I34" s="55"/>
+      <c r="J34" s="55"/>
+      <c r="K34" s="55"/>
+      <c r="L34" s="55"/>
+      <c r="M34" s="55"/>
+      <c r="N34" s="55"/>
+      <c r="O34" s="55"/>
+      <c r="P34" s="55"/>
+      <c r="Q34" s="55"/>
+      <c r="R34" s="55"/>
     </row>
     <row r="35" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="45" t="s">
         <v>57</v>
       </c>
       <c r="B35" s="44"/>
       <c r="C35" s="44"/>
       <c r="D35" s="44"/>
       <c r="E35" s="44"/>
       <c r="F35" s="44"/>
       <c r="G35" s="44"/>
       <c r="H35" s="41"/>
       <c r="I35" s="47" t="s">
         <v>49</v>
       </c>
       <c r="J35" s="44" t="s">
         <v>58</v>
       </c>
       <c r="K35" s="40"/>
       <c r="L35" s="40"/>
       <c r="M35" s="40"/>
       <c r="R35" s="46"/>
     </row>
     <row r="36" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="43" t="s">
         <v>56</v>
       </c>
       <c r="B36" s="27"/>
       <c r="C36" s="27"/>
       <c r="D36" s="27"/>
       <c r="E36" s="13"/>
       <c r="F36" s="13"/>
       <c r="G36" s="27"/>
       <c r="H36" s="39"/>
       <c r="I36" s="39"/>
       <c r="J36" s="39"/>
       <c r="K36" s="39"/>
       <c r="L36" s="39"/>
       <c r="M36" s="39"/>
       <c r="N36" s="39"/>
       <c r="O36" s="39"/>
       <c r="P36" s="39"/>
       <c r="Q36" s="39"/>
       <c r="R36" s="42"/>
     </row>
     <row r="37" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="122" t="s">
+      <c r="A37" s="56" t="s">
         <v>36</v>
       </c>
-      <c r="B37" s="122"/>
+      <c r="B37" s="56"/>
       <c r="C37" s="11"/>
       <c r="D37" s="11"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
-      <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
     </row>
-    <row r="38" spans="1:18" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:18" ht="19.05" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="6" t="s">
         <v>53</v>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="4"/>
       <c r="E38" s="4"/>
       <c r="F38" s="4"/>
       <c r="G38" s="4"/>
       <c r="H38" s="4"/>
       <c r="I38" s="4"/>
       <c r="J38" s="4"/>
       <c r="K38" s="4"/>
       <c r="L38" s="4"/>
       <c r="M38" s="4"/>
       <c r="N38" s="4"/>
       <c r="O38" s="4"/>
       <c r="P38" s="4"/>
-      <c r="Q38" s="4"/>
+      <c r="Q38" s="129" t="s">
+        <v>59</v>
+      </c>
       <c r="R38" s="4"/>
     </row>
-    <row r="39" spans="1:18" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:18" ht="19.05" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>54</v>
       </c>
       <c r="B39" s="1"/>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="5"/>
       <c r="F39" s="5"/>
       <c r="G39" s="5"/>
       <c r="H39" s="5"/>
       <c r="I39" s="5"/>
       <c r="J39" s="5"/>
       <c r="K39" s="1"/>
       <c r="L39" s="5"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="35"/>
-      <c r="Q39" s="1"/>
+      <c r="Q39" s="6" t="s">
+        <v>60</v>
+      </c>
       <c r="R39" s="35"/>
     </row>
-    <row r="40" spans="1:18" ht="19.2" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:18" ht="19.05" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>55</v>
       </c>
       <c r="B40" s="4"/>
       <c r="C40" s="4"/>
       <c r="D40" s="4"/>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
       <c r="I40" s="4"/>
       <c r="J40" s="4"/>
       <c r="K40" s="4"/>
       <c r="L40" s="4"/>
       <c r="M40" s="4"/>
       <c r="N40" s="4"/>
       <c r="O40" s="4"/>
       <c r="P40" s="4"/>
-      <c r="Q40" s="4"/>
+      <c r="Q40" s="130" t="s">
+        <v>61</v>
+      </c>
       <c r="R40" s="4"/>
     </row>
     <row r="41" spans="1:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="1"/>
       <c r="C41" s="1"/>
       <c r="D41" s="1"/>
       <c r="E41" s="35"/>
       <c r="F41" s="35"/>
       <c r="G41" s="35"/>
       <c r="H41" s="35"/>
       <c r="I41" s="35"/>
       <c r="J41" s="35"/>
       <c r="K41" s="1"/>
       <c r="L41" s="35"/>
-      <c r="M41" s="116"/>
+      <c r="M41" s="71"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
-      <c r="P41" s="117"/>
+      <c r="P41" s="72"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="35"/>
     </row>
     <row r="42" spans="1:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="36"/>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
       <c r="E42" s="35"/>
       <c r="F42" s="35"/>
       <c r="G42" s="35"/>
       <c r="H42" s="35"/>
       <c r="I42" s="35"/>
       <c r="J42" s="35"/>
       <c r="K42" s="1"/>
       <c r="L42" s="35"/>
-      <c r="M42" s="116"/>
+      <c r="M42" s="71"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
-      <c r="P42" s="117"/>
+      <c r="P42" s="72"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="35"/>
     </row>
     <row r="43" spans="1:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="4"/>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="4"/>
       <c r="H43" s="4"/>
       <c r="I43" s="4"/>
       <c r="J43" s="4"/>
       <c r="K43" s="4"/>
       <c r="L43" s="4"/>
       <c r="M43" s="4"/>
       <c r="N43" s="4"/>
       <c r="O43" s="4"/>
       <c r="P43" s="4"/>
       <c r="Q43" s="4"/>
       <c r="R43" s="4"/>
     </row>
     <row r="44" spans="1:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="1"/>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="35"/>
       <c r="H44" s="35"/>
       <c r="I44" s="35"/>
       <c r="J44" s="35"/>
       <c r="K44" s="1"/>
       <c r="L44" s="35"/>
-      <c r="M44" s="116"/>
+      <c r="M44" s="71"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
-      <c r="P44" s="117"/>
+      <c r="P44" s="72"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="35"/>
     </row>
     <row r="45" spans="1:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="36"/>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="35"/>
       <c r="F45" s="35"/>
       <c r="G45" s="35"/>
       <c r="H45" s="35"/>
       <c r="I45" s="35"/>
       <c r="J45" s="35"/>
       <c r="K45" s="1"/>
       <c r="L45" s="35"/>
-      <c r="M45" s="116"/>
+      <c r="M45" s="71"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
-      <c r="P45" s="117"/>
+      <c r="P45" s="72"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="35"/>
     </row>
     <row r="46" spans="1:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="4"/>
       <c r="C46" s="4"/>
       <c r="D46" s="4"/>
       <c r="E46" s="4"/>
       <c r="F46" s="4"/>
       <c r="G46" s="4"/>
       <c r="H46" s="4"/>
       <c r="I46" s="4"/>
       <c r="J46" s="4"/>
       <c r="K46" s="4"/>
       <c r="L46" s="4"/>
       <c r="M46" s="4"/>
       <c r="N46" s="4"/>
       <c r="O46" s="4"/>
       <c r="P46" s="4"/>
       <c r="Q46" s="4"/>
       <c r="R46" s="4"/>
     </row>
     <row r="47" spans="1:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="4"/>
       <c r="C47" s="4"/>
@@ -2859,219 +2894,219 @@
       <c r="G47" s="4"/>
       <c r="H47" s="4"/>
       <c r="I47" s="4"/>
       <c r="J47" s="4"/>
       <c r="K47" s="4"/>
       <c r="L47" s="4"/>
       <c r="M47" s="4"/>
       <c r="N47" s="4"/>
       <c r="O47" s="4"/>
       <c r="P47" s="4"/>
       <c r="Q47" s="4"/>
       <c r="R47" s="4"/>
     </row>
     <row r="48" spans="1:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="1"/>
       <c r="C48" s="1"/>
       <c r="D48" s="1"/>
       <c r="E48" s="35"/>
       <c r="F48" s="35"/>
       <c r="G48" s="35"/>
       <c r="H48" s="35"/>
       <c r="I48" s="35"/>
       <c r="J48" s="35"/>
       <c r="K48" s="1"/>
       <c r="L48" s="35"/>
-      <c r="M48" s="116"/>
+      <c r="M48" s="71"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
-      <c r="P48" s="117"/>
+      <c r="P48" s="72"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="35"/>
     </row>
     <row r="49" spans="2:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="36"/>
       <c r="C49" s="1"/>
       <c r="D49" s="1"/>
       <c r="E49" s="35"/>
       <c r="F49" s="35"/>
       <c r="G49" s="35"/>
       <c r="H49" s="35"/>
       <c r="I49" s="35"/>
       <c r="J49" s="35"/>
       <c r="K49" s="1"/>
       <c r="L49" s="35"/>
-      <c r="M49" s="116"/>
+      <c r="M49" s="71"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
-      <c r="P49" s="117"/>
+      <c r="P49" s="72"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="35"/>
     </row>
     <row r="50" spans="2:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" spans="2:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" spans="2:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="1"/>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="35"/>
       <c r="F52" s="35"/>
       <c r="G52" s="35"/>
       <c r="H52" s="35"/>
       <c r="I52" s="35"/>
       <c r="J52" s="35"/>
       <c r="K52" s="1"/>
       <c r="L52" s="35"/>
-      <c r="M52" s="116"/>
+      <c r="M52" s="71"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
-      <c r="P52" s="117"/>
+      <c r="P52" s="72"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="35"/>
     </row>
     <row r="53" spans="2:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="36"/>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="35"/>
       <c r="F53" s="35"/>
       <c r="G53" s="35"/>
       <c r="H53" s="35"/>
       <c r="I53" s="35"/>
       <c r="J53" s="35"/>
       <c r="K53" s="1"/>
       <c r="L53" s="35"/>
-      <c r="M53" s="116"/>
+      <c r="M53" s="71"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
-      <c r="P53" s="117"/>
+      <c r="P53" s="72"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="35"/>
     </row>
     <row r="54" spans="2:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" spans="2:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" spans="2:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" spans="2:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" spans="2:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="91">
-    <mergeCell ref="A21:B22"/>
-[...42 lines deleted...]
-    <mergeCell ref="J18:L18"/>
+    <mergeCell ref="A12:B18"/>
+    <mergeCell ref="A27:B31"/>
+    <mergeCell ref="N33:O33"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="L30:R30"/>
+    <mergeCell ref="L25:R25"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="L27:R27"/>
+    <mergeCell ref="Q18:R18"/>
+    <mergeCell ref="Q21:R21"/>
+    <mergeCell ref="C26:R26"/>
+    <mergeCell ref="C22:E22"/>
+    <mergeCell ref="C28:E28"/>
+    <mergeCell ref="O1:R1"/>
+    <mergeCell ref="C3:M3"/>
+    <mergeCell ref="M10:R10"/>
+    <mergeCell ref="C10:J10"/>
+    <mergeCell ref="C9:P9"/>
+    <mergeCell ref="C8:P8"/>
+    <mergeCell ref="N3:P3"/>
+    <mergeCell ref="C25:E25"/>
+    <mergeCell ref="Q16:R16"/>
+    <mergeCell ref="Q15:R15"/>
+    <mergeCell ref="N16:P16"/>
+    <mergeCell ref="M22:P22"/>
+    <mergeCell ref="N20:P20"/>
     <mergeCell ref="A8:B9"/>
     <mergeCell ref="A23:B26"/>
     <mergeCell ref="Q17:R17"/>
     <mergeCell ref="Q3:R9"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="C7:E7"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="A4:B6"/>
     <mergeCell ref="C23:E23"/>
     <mergeCell ref="L23:R23"/>
     <mergeCell ref="Q20:R20"/>
     <mergeCell ref="C15:E15"/>
     <mergeCell ref="C17:E17"/>
     <mergeCell ref="C19:E19"/>
     <mergeCell ref="N17:P17"/>
+    <mergeCell ref="N18:P18"/>
+    <mergeCell ref="M19:N19"/>
+    <mergeCell ref="C4:P6"/>
+    <mergeCell ref="N15:P15"/>
+    <mergeCell ref="J18:L18"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="J16:L16"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="C21:E21"/>
+    <mergeCell ref="C20:E20"/>
+    <mergeCell ref="Q13:R13"/>
+    <mergeCell ref="C11:I11"/>
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="N14:P14"/>
+    <mergeCell ref="Q14:R14"/>
+    <mergeCell ref="Q12:R12"/>
+    <mergeCell ref="C12:E12"/>
+    <mergeCell ref="C13:E13"/>
+    <mergeCell ref="C14:E14"/>
+    <mergeCell ref="J14:K14"/>
+    <mergeCell ref="N13:P13"/>
+    <mergeCell ref="M52:M53"/>
+    <mergeCell ref="P52:P53"/>
+    <mergeCell ref="M41:M42"/>
+    <mergeCell ref="P41:P42"/>
+    <mergeCell ref="M44:M45"/>
+    <mergeCell ref="M48:M49"/>
+    <mergeCell ref="P44:P45"/>
+    <mergeCell ref="P48:P49"/>
+    <mergeCell ref="A21:B22"/>
+    <mergeCell ref="C24:R24"/>
+    <mergeCell ref="A34:R34"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="C31:E31"/>
+    <mergeCell ref="L31:R31"/>
+    <mergeCell ref="L29:R29"/>
+    <mergeCell ref="C27:E27"/>
+    <mergeCell ref="A33:D33"/>
+    <mergeCell ref="J33:K33"/>
+    <mergeCell ref="E33:I33"/>
+    <mergeCell ref="C30:E30"/>
+    <mergeCell ref="L28:R28"/>
+    <mergeCell ref="P33:R33"/>
+    <mergeCell ref="L33:M33"/>
     <mergeCell ref="C29:E29"/>
-    <mergeCell ref="C20:E20"/>
-[...28 lines deleted...]
-    <mergeCell ref="C28:E28"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="74" firstPageNumber="6" orientation="portrait" useFirstPageNumber="1" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="75" firstPageNumber="6" orientation="portrait" useFirstPageNumber="1" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>