--- v0 (2025-11-11)
+++ v1 (2026-02-18)
@@ -1,1030 +1,859 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
-[...9 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml" PartName="/word/webSettings.xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00426C3E" w:rsidRDefault="00426C3E" w:rsidP="00426C3E">
+    <w:p w14:paraId="7ACA090D" w14:textId="2F501B50" w:rsidR="00426C3E" w:rsidRDefault="00426C3E" w:rsidP="00426C3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>学校法人　昭和大学</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t>学校法人　昭和</w:t>
+      </w:r>
+      <w:r w:rsidR="002A6F64" w:rsidRPr="00C5547A">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>医科</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:t>大学</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33CA2A10" w14:textId="77777777" w:rsidR="00426C3E" w:rsidRDefault="00426C3E" w:rsidP="00426C3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>理事長　小口　勝司　様</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00426C3E" w:rsidRDefault="00426C3E" w:rsidP="004153E6">
+    </w:p>
+    <w:p w14:paraId="6DBC88D8" w14:textId="77777777" w:rsidR="00426C3E" w:rsidRDefault="00426C3E" w:rsidP="004153E6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00426C3E" w:rsidRDefault="00426C3E" w:rsidP="004153E6">
+    <w:p w14:paraId="74DAA8EC" w14:textId="77777777" w:rsidR="00426C3E" w:rsidRDefault="00426C3E" w:rsidP="004153E6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004153E6" w:rsidRPr="00426C3E" w:rsidRDefault="004153E6" w:rsidP="004153E6">
+    <w:p w14:paraId="038F59A7" w14:textId="13E5452C" w:rsidR="004153E6" w:rsidRPr="00426C3E" w:rsidRDefault="004153E6" w:rsidP="004153E6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00426C3E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>海外留学規定に関する</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009169A5">
+        <w:t>海外留学</w:t>
+      </w:r>
+      <w:r w:rsidR="005D74CC" w:rsidRPr="00C5547A">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:t>規程</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00426C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>に関する</w:t>
+      </w:r>
+      <w:r w:rsidR="009169A5">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>誓約書</w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-    <w:p w:rsidR="00426C3E" w:rsidRPr="00426C3E" w:rsidRDefault="00426C3E" w:rsidP="006C5817">
+      <w:r w:rsidR="00C5547A">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6F0F25" w14:textId="77777777" w:rsidR="004153E6" w:rsidRDefault="004153E6" w:rsidP="006C5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18A4D01E" w14:textId="77777777" w:rsidR="00426C3E" w:rsidRDefault="00426C3E" w:rsidP="006C5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05D0C1EE" w14:textId="5DF4E5C3" w:rsidR="00426C3E" w:rsidRPr="00426C3E" w:rsidRDefault="00426C3E" w:rsidP="006C5817">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">　私は、留学規定</w:t>
+        <w:t xml:space="preserve">　私は、留学</w:t>
+      </w:r>
+      <w:r w:rsidR="005D74CC" w:rsidRPr="00C5547A">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>規程</w:t>
       </w:r>
       <w:r w:rsidR="002023D1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>に関する</w:t>
       </w:r>
+      <w:r w:rsidR="005D74CC" w:rsidRPr="00C5547A">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>以下の</w:t>
+      </w:r>
       <w:r w:rsidR="00B47256">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>内容</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>について、説明を受け下記</w:t>
-[...13 lines deleted...]
-        <w:t>同意いたします</w:t>
+        <w:t>について、同意いたします</w:t>
       </w:r>
       <w:r w:rsidR="009169A5">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004153E6" w:rsidRDefault="004153E6" w:rsidP="006C5817">
-[...15 lines deleted...]
-    <w:p w:rsidR="006C5817" w:rsidRPr="00426C3E" w:rsidRDefault="004153E6" w:rsidP="00426C3E">
+    <w:p w14:paraId="56378EE7" w14:textId="76486078" w:rsidR="00426C3E" w:rsidRDefault="00426C3E" w:rsidP="006C5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0262778B" w14:textId="379E4F19" w:rsidR="005D74CC" w:rsidRDefault="005D74CC" w:rsidP="005D74CC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:leftChars="0"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00426C3E">
+        <w:ind w:leftChars="0" w:hanging="298"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D74CC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>留学期間について</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004153E6" w:rsidRPr="00426C3E" w:rsidRDefault="004153E6" w:rsidP="004153E6">
-[...7 lines deleted...]
-    <w:p w:rsidR="006C5817" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="00426C3E">
+    <w:p w14:paraId="627F2220" w14:textId="77777777" w:rsidR="005D74CC" w:rsidRPr="005D74CC" w:rsidRDefault="005D74CC" w:rsidP="005D74CC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:leftChars="0" w:left="440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60613131" w14:textId="77777777" w:rsidR="005D74CC" w:rsidRDefault="005D74CC" w:rsidP="005D74CC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:leftChars="0"/>
+        <w:ind w:leftChars="0" w:hanging="298"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00426C3E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>留</w:t>
       </w:r>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>学中の</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="006C5817" w:rsidRPr="00964752">
+        <w:t>学中の給</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>与</w:t>
       </w:r>
-      <w:r w:rsidR="00426C3E" w:rsidRPr="00964752">
-[...25 lines deleted...]
-    <w:p w:rsidR="006C5817" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="00B579FA">
+      <w:r w:rsidRPr="00964752">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>及び、給与期間について</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2294A001" w14:textId="77777777" w:rsidR="005D74CC" w:rsidRPr="005D74CC" w:rsidRDefault="005D74CC" w:rsidP="005D74CC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7253D0AA" w14:textId="70B72A17" w:rsidR="005D74CC" w:rsidRPr="00964752" w:rsidRDefault="005D74CC" w:rsidP="005D74CC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:leftChars="0"/>
+        <w:ind w:leftChars="0" w:hanging="298"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>留学期間</w:t>
       </w:r>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>終了後</w:t>
-[...89 lines deleted...]
-        <w:t>こと</w:t>
+        <w:t>終了後、留学に相当する期間、後進の指導に従事すること</w:t>
       </w:r>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>について</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="006C5817">
-[...8 lines deleted...]
-    <w:p w:rsidR="00F9081A" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="00426C3E">
+    <w:p w14:paraId="1B74BC71" w14:textId="77777777" w:rsidR="005D74CC" w:rsidRPr="002148F2" w:rsidRDefault="005D74CC" w:rsidP="002148F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70403AA6" w14:textId="34FADF57" w:rsidR="005D74CC" w:rsidRPr="005D74CC" w:rsidRDefault="005D74CC" w:rsidP="005D74CC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:leftChars="0"/>
+        <w:ind w:leftChars="0" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>留学</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="006C5817" w:rsidRPr="00964752">
+        <w:t>留学期</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>間</w:t>
       </w:r>
-      <w:r w:rsidR="006C5817" w:rsidRPr="00964752">
+      <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>終了後に復職しない場合</w:t>
       </w:r>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
-      <w:r w:rsidR="006C5817" w:rsidRPr="00964752">
+      <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>所定期間を満たさないで退職</w:t>
       </w:r>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>した場合に</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00426C3E" w:rsidRPr="00964752">
+        <w:t>した場合につい</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D74CC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ついて</w:t>
-[...14 lines deleted...]
-    <w:p w:rsidR="009541E2" w:rsidRPr="00964752" w:rsidRDefault="006C5817" w:rsidP="00426C3E">
+        <w:t>て</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EDD8508" w14:textId="77777777" w:rsidR="005D74CC" w:rsidRDefault="005D74CC" w:rsidP="005D74CC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:leftChars="0" w:left="440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="143B8F32" w14:textId="65FE7BBA" w:rsidR="005D74CC" w:rsidRPr="00964752" w:rsidRDefault="005D74CC" w:rsidP="005D74CC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:leftChars="0"/>
+        <w:ind w:leftChars="0" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>留学期間</w:t>
       </w:r>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>途中に退職した場合</w:t>
       </w:r>
-      <w:r w:rsidR="004153E6" w:rsidRPr="00964752">
+      <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>について</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="006C5817">
-[...8 lines deleted...]
-    <w:p w:rsidR="002023D1" w:rsidRPr="00964752" w:rsidRDefault="00BD4659" w:rsidP="002023D1">
+    <w:p w14:paraId="5581ED61" w14:textId="77777777" w:rsidR="005D74CC" w:rsidRDefault="005D74CC" w:rsidP="005D74CC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:leftChars="0" w:left="440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D11B981" w14:textId="5F20C5F1" w:rsidR="005D74CC" w:rsidRPr="00964752" w:rsidRDefault="005D74CC" w:rsidP="005D74CC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:leftChars="0"/>
-[...46 lines deleted...]
-      <w:r w:rsidR="008A6488" w:rsidRPr="00964752">
+        <w:ind w:leftChars="0" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00964752">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>本人が、不就業期間に相当する金額を本学へ支払いできない場合（支払いを拒否した場合）、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00964752">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>保証人が支払いを補償することについて</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34323572" w14:textId="77777777" w:rsidR="00426C3E" w:rsidRPr="00964752" w:rsidRDefault="00426C3E" w:rsidP="006C5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0539313B" w14:textId="77777777" w:rsidR="006C5817" w:rsidRPr="00964752" w:rsidRDefault="006C5817" w:rsidP="006C5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E225D9A" w14:textId="77777777" w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="006C5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="076DCD7E" w14:textId="77777777" w:rsidR="006C5817" w:rsidRPr="00964752" w:rsidRDefault="006C5817" w:rsidP="004153E6">
+      <w:pPr>
+        <w:ind w:firstLineChars="500" w:firstLine="1200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00964752">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　</w:t>
+      </w:r>
+      <w:r w:rsidR="00426C3E" w:rsidRPr="00964752">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00964752">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　　　　　　　年　　　月　　</w:t>
+      </w:r>
+      <w:r w:rsidR="003B520A" w:rsidRPr="00964752">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00964752">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A7107A8" w14:textId="77777777" w:rsidR="00426C3E" w:rsidRPr="00964752" w:rsidRDefault="00426C3E" w:rsidP="004153E6">
+      <w:pPr>
+        <w:ind w:firstLineChars="500" w:firstLine="1200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D3F8A4D" w14:textId="77777777" w:rsidR="003B520A" w:rsidRPr="00964752" w:rsidRDefault="003B520A" w:rsidP="006C5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09A996C0" w14:textId="77777777" w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="006C5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00964752">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　所</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9081A" w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">　　</w:t>
       </w:r>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>拒否</w:t>
-[...28 lines deleted...]
-          <w:b/>
+        <w:t>属</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00964752">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>保証人が</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">　　　　　</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9081A" w:rsidRPr="00964752">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>支払い</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">　　</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00964752">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>を補償することについて</w:t>
-[...43 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　</w:t>
       </w:r>
-      <w:r w:rsidR="00426C3E" w:rsidRPr="00964752">
-[...111 lines deleted...]
-    <w:p w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="00F9081A" w:rsidP="004153E6">
+    </w:p>
+    <w:p w14:paraId="4A08F115" w14:textId="77777777" w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="00F9081A" w:rsidP="004153E6">
       <w:pPr>
         <w:ind w:firstLineChars="1500" w:firstLine="3600"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07364735" wp14:editId="485663E4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1366520</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>61595</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2657475" cy="485775"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="テキスト ボックス 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2657475" cy="485775"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00F9081A" w:rsidRPr="00F9081A" w:rsidRDefault="002023D1">
+                          <w:p w14:paraId="0C6B6DE9" w14:textId="77777777" w:rsidR="00F9081A" w:rsidRPr="00F9081A" w:rsidRDefault="002023D1">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>本人</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="07364735" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="テキスト ボックス 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:107.6pt;margin-top:4.85pt;width:209.25pt;height:38.25pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQCdLtGNTAIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG3pzxI1XZVdFSFV uyt10Z5dx2kjxR5ju03KsZUQD8ErIM48T16EsZN2q4UT4uLM/3i+b5zJdSULshPG5qAS2ut0KRGK Q5qrdUI/Pc7fXFFiHVMpK0CJhO6FpdfT168mpY5FHzZQpMIQLKJsXOqEbpzTcRRZvhGS2Q5oodCZ gZHMoWrWUWpYidVlEfW73VFUgkm1AS6sRett46TTUD/LBHf3WWaFI0VC8W4unCacK39G0wmL14bp Tc7ba7B/uIVkucKm51K3zDGyNfkfpWTODVjIXIeDjCDLci7CDDhNr/timuWGaRFmQXCsPsNk/19Z frd7MCRPkTtKFJNIUX38Wh9+1Idf9fEbqY/f6+OxPvxEnfQ8XKW2MWYtNea56j1UPrW1WzR6FKrM SP/F+Qj6Efj9GWxROcLR2B8Nx4PxkBKOvsHVcIwylomes7Wx7oMASbyQUINkBozZbmFdE3oK8c0U zPOiQDuLC0XKhI7eDrsh4ezB4oXCHn6G5q5ectWqagdYQbrHuQw0i2I1n+fYfMGse2AGNwNHwW13 93hkBWATaCVKNmC+/M3u45Ew9FJS4qYl1H7eMiMoKT4qpPJdbzDwqxmUwXDcR8VcelaXHrWVN4DL jHTh7YLo411xEjMD8gkfxcx3RRdTHHsn1J3EG9fsPz4qLmazEITLqJlbqKXmvrTH0EP7WD0xo1v8 HTJ3B6edZPELGprYhojZ1kGWB448wA2qLe64yIHl9tH5l3Kph6jnX8P0NwAAAP//AwBQSwMEFAAG AAgAAAAhAK3zLSbhAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoU1cN Ic2mqiJVSAgOLb1wc2I3ieqfELtt4OlZTnCb1Yxmvi3WkzXsosfQe4cwnyXAtGu86l2LcHjfPmTA QpROSeOdRvjSAdbl7U0hc+Wvbqcv+9gyKnEhlwhdjEPOeWg6bWWY+UE78o5+tDLSObZcjfJK5dZw kSQpt7J3tNDJQVedbk77s0V4qbZvclcLm32b6vn1uBk+Dx9LxPu7abMCFvUU/8Lwi0/oUBJT7c9O BWYQxHwpKIrw9AiM/HSxIFEjZKkAXhb8/wPlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA IQCdLtGNTAIAAGIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI AAAAIQCt8y0m4QAAAAgBAAAPAAAAAAAAAAAAAAAAAKYEAABkcnMvZG93bnJldi54bWxQSwUGAAAA AAQABADzAAAAtAUAAAAA " filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape id="テキスト ボックス 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:107.6pt;margin-top:4.85pt;width:209.25pt;height:38.25pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6gva3FwIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC817JdL6lgOXATuChg&#10;JAGcImeaIi0BJIclaUvu13dIyQvSnopeqBnOaJb3Hhf3rVbkKJyvwRR0NBhSIgyHsjb7gv54XX+6&#10;o8QHZkqmwIiCnoSn98uPHxaNzcUYKlClcASLGJ83tqBVCDbPMs8roZkfgBUGgxKcZgFdt89Kxxqs&#10;rlU2Hg5nWQOutA648B5vH7sgXab6UgoenqX0IhBVUJwtpNOlcxfPbLlg+d4xW9W8H4P9wxSa1Qab&#10;Xko9ssDIwdV/lNI1d+BBhgEHnYGUNRdpB9xmNHy3zbZiVqRdEBxvLzD5/1eWPx239sWR0H6FFgmM&#10;gDTW5x4v4z6tdDp+cVKCcYTwdIFNtIFwvBzPpvPJfEoJx9jkbjpHG8tk17+t8+GbAE2iUVCHtCS0&#10;2HHjQ5d6TonNDKxrpRI1ypCmoLPP02H64RLB4spgj+us0Qrtru0X2EF5wr0cdJR7y9c1Nt8wH16Y&#10;Q45xFdRteMZDKsAm0FuUVOB+/e0+5iP0GKWkQc0U1P88MCcoUd8NkvJlNJlEkSVnMp2P0XG3kd1t&#10;xBz0A6AsR/hCLE9mzA/qbEoH+g3lvYpdMcQMx94FDWfzIXRKxufBxWqVklBWloWN2VoeS0c4I7Sv&#10;7Rtztsc/IHNPcFYXy9/R0OV2RKwOAWSdOIoAd6j2uKMkE8v984mav/VT1vWRL38DAAD//wMAUEsD&#10;BBQABgAIAAAAIQCt8y0m4QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjc&#10;qFNXDSHNpqoiVUgIDi29cHNiN4nqnxC7beDpWU5wm9WMZr4t1pM17KLH0HuHMJ8lwLRrvOpdi3B4&#10;3z5kwEKUTknjnUb40gHW5e1NIXPlr26nL/vYMipxIZcIXYxDznloOm1lmPlBO/KOfrQy0jm2XI3y&#10;SuXWcJEkKbeyd7TQyUFXnW5O+7NFeKm2b3JXC5t9m+r59bgZPg8fS8T7u2mzAhb1FP/C8ItP6FAS&#10;U+3PTgVmEMR8KSiK8PQIjPx0sSBRI2SpAF4W/P8D5Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA+oL2txcCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEArfMtJuEAAAAIAQAADwAAAAAAAAAAAAAAAABxBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00F9081A" w:rsidRPr="00F9081A" w:rsidRDefault="002023D1">
+                    <w:p w14:paraId="0C6B6DE9" w14:textId="77777777" w:rsidR="00F9081A" w:rsidRPr="00F9081A" w:rsidRDefault="002023D1">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>本人</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B520A" w:rsidRPr="00964752" w:rsidRDefault="003B520A" w:rsidP="004153E6">
+    <w:p w14:paraId="54158859" w14:textId="77777777" w:rsidR="003B520A" w:rsidRPr="00964752" w:rsidRDefault="003B520A" w:rsidP="004153E6">
       <w:pPr>
         <w:ind w:firstLineChars="1500" w:firstLine="3600"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　</w:t>
       </w:r>
       <w:r w:rsidR="004153E6" w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C5817" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="006C5817">
+    <w:p w14:paraId="591C9061" w14:textId="77777777" w:rsidR="006C5817" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="006C5817">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　氏　　名</w:t>
       </w:r>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　</w:t>
       </w:r>
       <w:r w:rsidR="00F9081A" w:rsidRPr="00964752">
@@ -1051,273 +880,273 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　 </w:t>
       </w:r>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
       <w:r w:rsidR="002023D1" w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>印</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="0099012F" w:rsidP="006C5817">
+    <w:p w14:paraId="37DBAF1B" w14:textId="77777777" w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="0099012F" w:rsidP="006C5817">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　（自署）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="006C5817">
-[...17 lines deleted...]
-    <w:p w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="00F9081A">
+    <w:p w14:paraId="01D97ECC" w14:textId="77777777" w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="006C5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FE1FF60" w14:textId="77777777" w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="006C5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C0EC03E" w14:textId="77777777" w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="00F9081A">
       <w:pPr>
         <w:ind w:right="-2" w:firstLineChars="1900" w:firstLine="4560"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>所　　属</w:t>
       </w:r>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　</w:t>
       </w:r>
       <w:r w:rsidR="00F9081A" w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　</w:t>
       </w:r>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="00F9081A" w:rsidP="006C5817">
+    <w:p w14:paraId="0CF20E7A" w14:textId="77777777" w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="00F9081A" w:rsidP="006C5817">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D464988" wp14:editId="1C7FB1C9">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3542FF0A" wp14:editId="663EFAF9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1323975</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>27940</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2133600" cy="485775"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="テキスト ボックス 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2133600" cy="485775"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00F9081A" w:rsidRPr="00964752" w:rsidRDefault="002023D1" w:rsidP="00F9081A">
+                          <w:p w14:paraId="725552E5" w14:textId="77777777" w:rsidR="00F9081A" w:rsidRPr="00964752" w:rsidRDefault="002023D1" w:rsidP="00F9081A">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00964752">
                               <w:rPr>
                                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>保証人</w:t>
                             </w:r>
                             <w:r w:rsidR="0099012F" w:rsidRPr="00964752">
                               <w:rPr>
                                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>（所属長）</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4D464988" id="テキスト ボックス 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:104.25pt;margin-top:2.2pt;width:168pt;height:38.25pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQDuPyDpTwIAAGkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjua8n/VLAcuAlcFDCS AE6RNU1RlgCJw5K0JXdpA0EP0SsUXfc8ukiHlO0YaVdFN9QMZzif92Y0ua7LgmyFNjnImHY7ISVC ckhyuY7p58f5uytKjGUyYQVIEdOdMPR6+vbNpFKR6EEGRSI0wSDSRJWKaWatioLA8EyUzHRACYnG FHTJLKp6HSSaVRi9LIJeGI6CCnSiNHBhDN7etkY69fHTVHB7n6ZGWFLEFGuz/tT+XLkzmE5YtNZM ZTk/lsH+oYqS5RKTnkPdMsvIRud/hCpzrsFAajscygDSNOfC94DddMNX3SwzpoTvBcEx6gyT+X9h +d32QZM8iWmPEslKpKg5PDf7H83+V3P4RprD9+ZwaPY/USc9B1elTISvlgrf2foD1Ej76d7gpUOh TnXpvtgfQTsCvzuDLWpLOF72uv3+KEQTR9vgajgeD12Y4OW10sZ+FFASJ8RUI5keY7ZdGNu6nlxc MgnzvCg8oYUkVUxH/WHoH5wtGLyQmMP10NbqJFuvag/BuY8VJDtsT0M7L0bxeY41LJixD0zjgGDZ OPT2Ho+0AMwFR4mSDPTXv907f+QNrZRUOHAxNV82TAtKik8SGX3fHQzchHplMBz3UNGXltWlRW7K G8CZ7uJ6Ke5F52+Lk5hqKJ9wN2YuK5qY5Jg7pvYk3th2DXC3uJjNvBPOpGJ2IZeKu9AOVYfwY/3E tDrSYJHAOziNJotesdH6tnzMNhbS3FPlcG5RPcKP8+zJPu6eW5hL3Xu9/CGmvwEAAP//AwBQSwME FAAGAAgAAAAhAFd57pTfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAUhHck/oP1kNio 3ShBIcSpqkgVEoKhpQvbS+wmUe3nELtt4NdjJjqe7nT3XbmarWFnPfnBkYTlQgDT1Do1UCdh/7F5 yIH5gKTQONISvrWHVXV7U2Kh3IW2+rwLHYsl5AuU0IcwFpz7ttcW/cKNmqJ3cJPFEOXUcTXhJZZb wxMhHrnFgeJCj6Oue90edycr4bXevOO2SWz+Y+qXt8N6/Np/ZlLe383rZ2BBz+E/DH/4ER2qyNS4 EynPjIRE5FmMSkhTYNHP0jTqRkIunoBXJb8+UP0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+ AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA ACEA7j8g6U8CAABpBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA CAAAACEAV3nulN8AAAAIAQAADwAAAAAAAAAAAAAAAACpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA AAAEAAQA8wAAALUFAAAAAA== " filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="3542FF0A" id="テキスト ボックス 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:104.25pt;margin-top:2.2pt;width:168pt;height:38.25pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDO3se8GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815L3RLAcuAlcFDCS&#10;AE6RM02RlgCKw5K0JffrO6TkBWlPRS/UDGc0y3uPi4e2VuQorKtA53Q4SCkRmkNR6X1Of7ytv9xR&#10;4jzTBVOgRU5PwtGH5edPi8ZkYgQlqEJYgkW0yxqT09J7kyWJ46WomRuAERqDEmzNPLp2nxSWNVi9&#10;VskoTWdJA7YwFrhwDm+fuiBdxvpSCu5fpHTCE5VTnM3H08ZzF85kuWDZ3jJTVrwfg/3DFDWrNDa9&#10;lHpinpGDrf4oVVfcggPpBxzqBKSsuIg74DbD9MM225IZEXdBcJy5wOT+X1n+fNyaV0t8+xVaJDAA&#10;0hiXObwM+7TS1uGLkxKMI4SnC2yi9YTj5Wg4Hs9SDHGMTe6m8/k0lEmufxvr/DcBNQlGTi3SEtFi&#10;x43zXeo5JTTTsK6UitQoTZqczsbTNP5wiWBxpbHHddZg+XbXkqq42WMHxQnXs9Ax7wxfVzjDhjn/&#10;yixSjWOjfP0LHlIB9oLeoqQE++tv9yEfGcAoJQ1KJ6fu54FZQYn6rpGb++FkErQWncl0PkLH3kZ2&#10;txF9qB8B1TnEh2J4NEO+V2dTWqjfUeWr0BVDTHPsnVN/Nh99J2h8JVysVjEJ1WWY3+it4aF0QDUg&#10;/Na+M2t6GjwS+AxnkbHsAxtdbsfH6uBBVpGqgHOHag8/KjOS3b+iIP1bP2Zd3/ryNwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAFd57pTfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAUhHck/oP1&#10;kNio3ShBIcSpqkgVEoKhpQvbS+wmUe3nELtt4NdjJjqe7nT3XbmarWFnPfnBkYTlQgDT1Do1UCdh&#10;/7F5yIH5gKTQONISvrWHVXV7U2Kh3IW2+rwLHYsl5AuU0IcwFpz7ttcW/cKNmqJ3cJPFEOXUcTXh&#10;JZZbwxMhHrnFgeJCj6Oue90edycr4bXevOO2SWz+Y+qXt8N6/Np/ZlLe383rZ2BBz+E/DH/4ER2q&#10;yNS4EynPjIRE5FmMSkhTYNHP0jTqRkIunoBXJb8+UP0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAzt7HvBkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAV3nulN8AAAAIAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00F9081A" w:rsidRPr="00964752" w:rsidRDefault="002023D1" w:rsidP="00F9081A">
+                    <w:p w14:paraId="725552E5" w14:textId="77777777" w:rsidR="00F9081A" w:rsidRPr="00964752" w:rsidRDefault="002023D1" w:rsidP="00F9081A">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00964752">
                         <w:rPr>
                           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>保証人</w:t>
                       </w:r>
                       <w:r w:rsidR="0099012F" w:rsidRPr="00964752">
                         <w:rPr>
                           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>（所属長）</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="006C5817">
-[...8 lines deleted...]
-    <w:p w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="00F9081A">
+    <w:p w14:paraId="3D220CDA" w14:textId="77777777" w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="006C5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E53D951" w14:textId="77777777" w:rsidR="004153E6" w:rsidRPr="00964752" w:rsidRDefault="004153E6" w:rsidP="00F9081A">
       <w:pPr>
         <w:ind w:firstLineChars="1900" w:firstLine="4560"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>氏　　名</w:t>
       </w:r>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　</w:t>
@@ -1328,122 +1157,273 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　</w:t>
       </w:r>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　</w:t>
       </w:r>
       <w:r w:rsidR="002023D1" w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> 印</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0099012F" w:rsidRPr="00964752" w:rsidRDefault="0099012F" w:rsidP="00F9081A">
+    <w:p w14:paraId="51C4D543" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00964752" w:rsidRDefault="0099012F" w:rsidP="00F9081A">
       <w:pPr>
         <w:ind w:firstLineChars="1900" w:firstLine="4560"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00964752">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>（自署）</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0099012F" w:rsidRPr="00964752" w:rsidSect="008A6488">
+    <w:sectPr w:rsidR="0099012F" w:rsidRPr="00964752" w:rsidSect="005D74CC">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1418" w:right="1418" w:bottom="851" w:left="1418" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1133" w:bottom="851" w:left="1276" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="346"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="529FF5B0" w14:textId="77777777" w:rsidR="00A05E1E" w:rsidRDefault="00A05E1E" w:rsidP="00C5547A">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="101EB606" w14:textId="77777777" w:rsidR="00A05E1E" w:rsidRDefault="00A05E1E" w:rsidP="00C5547A">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...4 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  <w:font w:name="ＭＳ 明朝">
+    <w:altName w:val="MS Mincho"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="77F8DEFE" w14:textId="77777777" w:rsidR="00A05E1E" w:rsidRDefault="00A05E1E" w:rsidP="00C5547A">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="22386DFB" w14:textId="77777777" w:rsidR="00A05E1E" w:rsidRDefault="00A05E1E" w:rsidP="00C5547A">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19904E03"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="260E33D0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1040" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1480" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409000D" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2360" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0409000B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2800" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409000D" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3680" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4120" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32536586"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="126C1EE2"/>
     <w:lvl w:ilvl="0" w:tplc="2DBABCD6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cstheme="minorBidi" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -1511,147 +1491,293 @@
     <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4020" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76E44D3A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E6FAB6EE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="440" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="880" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409000D" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1320" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1760" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0409000B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2200" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409000D" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3080" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="2078084533">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1304119484">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1144202284">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridVerticalSpacing w:val="173"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050">
+      <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
+    </o:shapedefaults>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C5817"/>
+    <w:rsid w:val="0010288D"/>
     <w:rsid w:val="001237C6"/>
+    <w:rsid w:val="00161726"/>
     <w:rsid w:val="002023D1"/>
+    <w:rsid w:val="002148F2"/>
+    <w:rsid w:val="002A6F64"/>
     <w:rsid w:val="003B520A"/>
     <w:rsid w:val="004153E6"/>
     <w:rsid w:val="00426C3E"/>
+    <w:rsid w:val="004940F6"/>
     <w:rsid w:val="00596C52"/>
+    <w:rsid w:val="005D74CC"/>
     <w:rsid w:val="006C5817"/>
+    <w:rsid w:val="00776ED4"/>
+    <w:rsid w:val="00812871"/>
     <w:rsid w:val="008A6488"/>
     <w:rsid w:val="009169A5"/>
     <w:rsid w:val="009541E2"/>
     <w:rsid w:val="009558BA"/>
     <w:rsid w:val="00964752"/>
     <w:rsid w:val="0099012F"/>
+    <w:rsid w:val="00A05E1E"/>
+    <w:rsid w:val="00A9465A"/>
+    <w:rsid w:val="00AC0E44"/>
     <w:rsid w:val="00B47256"/>
     <w:rsid w:val="00B579FA"/>
     <w:rsid w:val="00BD4659"/>
+    <w:rsid w:val="00C5547A"/>
+    <w:rsid w:val="00CB699E"/>
     <w:rsid w:val="00F9081A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026">
+    <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="46D4E424"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{CAF29F6E-C4F0-4B32-8F05-6DC7F6267A11}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1983,107 +2109,154 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00426C3E"/>
     <w:pPr>
       <w:ind w:leftChars="400" w:left="840"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C5547A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="ヘッダー (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C5547A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C5547A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="フッター (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C5547A"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId4" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId5" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId6" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2339,69 +2512,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>70</Words>
-  <Characters>400</Characters>
+  <Words>68</Words>
+  <Characters>394</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>海外留学誓約書.docx</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>469</CharactersWithSpaces>
+  <CharactersWithSpaces>461</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>海外留学誓約書.docx</dc:title>
   <dc:creator>磯飛 雄一</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:revision></cp:revision>
-  <dc:title>海外留学誓約書.docx</dc:title>
 </cp:coreProperties>
 </file>